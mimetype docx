--- v0 (2025-10-09)
+++ v1 (2026-03-10)
@@ -959,51 +959,51 @@
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>9mth, 2, 3-year-old funding</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="08A6C268" w14:textId="77777777" w:rsidR="00DE7066" w:rsidRPr="00973FF1" w:rsidRDefault="00DE7066" w:rsidP="00123750">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D418E3B" w14:textId="270F7558" w:rsidR="00DE7066" w:rsidRDefault="00DE7066" w:rsidP="00123750">
+    <w:p w14:paraId="0D418E3B" w14:textId="5A61A2B0" w:rsidR="00DE7066" w:rsidRDefault="00DE7066" w:rsidP="00123750">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Include with your application </w:t>
       </w:r>
       <w:r w:rsidR="005C3190">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>all relevant</w:t>
       </w:r>
       <w:r>
@@ -1088,73 +1088,121 @@
       </w:r>
       <w:r w:rsidRPr="00DE7066">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the most up to date review</w:t>
       </w:r>
       <w:r w:rsidR="00973FF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00DE7066">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="005C3190" w:rsidRPr="003D5814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>no older than</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D5814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the last 3 months</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5814" w:rsidRPr="003D5814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Old or no EHA/EHR will result in a declined application</w:t>
+      </w:r>
+      <w:r w:rsidR="003D5814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidR="005C3190">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>no older than</w:t>
-[...15 lines deleted...]
-        <w:t>. I have included these:</w:t>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="003D5814">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Correct and up-to-date forms included:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6354CD42" w14:textId="767A759F" w:rsidR="00DE7066" w:rsidRPr="00973FF1" w:rsidRDefault="00DE7066" w:rsidP="00123750">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00973FF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Yes</w:t>
       </w:r>
       <w:r w:rsidRPr="00973FF1">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2255,146 +2303,141 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="24EA46C0" w14:textId="77777777" w:rsidR="00895069" w:rsidRDefault="00895069" w:rsidP="00123750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="51C8F38B" w14:textId="77777777" w:rsidR="00895069" w:rsidRDefault="00895069" w:rsidP="00123750">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="57106068" w14:textId="3A30E52D" w:rsidR="00123750" w:rsidRPr="00123750" w:rsidRDefault="00123750">
+  <w:p w14:paraId="57106068" w14:textId="6DC8976B" w:rsidR="00123750" w:rsidRPr="00123750" w:rsidRDefault="00123750">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00123750">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>V</w:t>
     </w:r>
-    <w:r w:rsidR="00D532F3">
+    <w:r w:rsidR="002709CA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>3</w:t>
-[...7 lines deleted...]
-      <w:t>.1</w:t>
+      <w:t>4</w:t>
     </w:r>
     <w:r w:rsidRPr="00123750">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> - Start Well Service: </w:t>
     </w:r>
     <w:r w:rsidR="00D532F3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">Inclusion Fund Application Form (previously known as </w:t>
     </w:r>
     <w:r w:rsidRPr="00123750">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Child Information Form</w:t>
     </w:r>
     <w:r w:rsidR="00D532F3">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="60"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00123750"/>
     <w:rsid w:val="00123750"/>
     <w:rsid w:val="00255A10"/>
+    <w:rsid w:val="002709CA"/>
     <w:rsid w:val="00295B6D"/>
+    <w:rsid w:val="003D5814"/>
+    <w:rsid w:val="00486EB7"/>
     <w:rsid w:val="00503B6B"/>
     <w:rsid w:val="00545CA7"/>
     <w:rsid w:val="005C3190"/>
     <w:rsid w:val="006714B4"/>
     <w:rsid w:val="00763899"/>
     <w:rsid w:val="00841643"/>
     <w:rsid w:val="00887CD2"/>
     <w:rsid w:val="00895069"/>
     <w:rsid w:val="00973FF1"/>
     <w:rsid w:val="009B33CD"/>
     <w:rsid w:val="009C69C0"/>
     <w:rsid w:val="00A6455B"/>
     <w:rsid w:val="00B612BC"/>
     <w:rsid w:val="00D532F3"/>
     <w:rsid w:val="00DB28C8"/>
     <w:rsid w:val="00DE7066"/>
     <w:rsid w:val="00F71A31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -3700,69 +3743,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>442</Words>
-  <Characters>2525</Characters>
+  <Words>472</Words>
+  <Characters>2569</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>80</Lines>
+  <Paragraphs>56</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2962</CharactersWithSpaces>
+  <CharactersWithSpaces>2985</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Baron, Samantha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>