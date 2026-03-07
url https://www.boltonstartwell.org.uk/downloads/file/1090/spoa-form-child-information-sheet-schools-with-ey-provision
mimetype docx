--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -1,1806 +1,4646 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="1A2D5614" w14:textId="5BBEB714" w:rsidR="00D966FC" w:rsidRPr="00B425EF" w:rsidRDefault="00D966FC" w:rsidP="00D966FC">
-      <w:pPr>
+    <w:p w14:paraId="3ADB19B9" w14:textId="77777777" w:rsidR="00880636" w:rsidRDefault="00A93CD1" w:rsidP="00A93CD1">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="6"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3E827214" w14:textId="1DEC493D" w:rsidR="00DE7082" w:rsidRPr="00B425EF" w:rsidRDefault="00DE7082" w:rsidP="00D966FC">
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A93CD1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Start Well Service</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00880636" w:rsidRPr="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Referral to the Early Years Single Point of Access </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09044B03" w14:textId="607354A3" w:rsidR="00A93CD1" w:rsidRPr="00A93CD1" w:rsidRDefault="00880636" w:rsidP="00880636">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="0" w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="002702C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Schools - EYFS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E935E50" w14:textId="77777777" w:rsidR="00A93CD1" w:rsidRDefault="00A93CD1">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A79B893" w14:textId="289D5940" w:rsidR="00693504" w:rsidRPr="00693504" w:rsidRDefault="002702C6" w:rsidP="00693504">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>School</w:t>
+      </w:r>
+      <w:r w:rsidR="00693504" w:rsidRPr="00693504">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25F15487" w14:textId="3D4AA81B" w:rsidR="00255A10" w:rsidRDefault="00720D5C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002702C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r w:rsidR="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> name</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1278F323" w14:textId="28D9E2C3" w:rsidR="00720D5C" w:rsidRDefault="00720D5C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="002702C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personnel:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64FA7D3F" w14:textId="7C6A6070" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Special Educational Needs and Disabilities Coordinator (SENCO) Name: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39975EAE" w14:textId="54FC1B94" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Contact Email:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="422076BB" w14:textId="0B78C28A" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contact Telephone: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E002BA5" w14:textId="77777777" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06F47466" w14:textId="0F2CB1A5" w:rsidR="00693504" w:rsidRPr="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00693504">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Child Information</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553A62AB" w14:textId="3BE81768" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Child’s Name:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64BB9C02" w14:textId="5DDF4B88" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Child’s Date of Birth:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376747B6" w14:textId="21BDF8CC" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Child’s </w:t>
+      </w:r>
+      <w:r w:rsidR="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ender:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58307BAC" w14:textId="510A2724" w:rsidR="008D6970" w:rsidRDefault="008D6970" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Child’s Ethnicity:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59F5B78F" w14:textId="2CAC0241" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Days child attends:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241B2F96" w14:textId="2C95518D" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Total hours attended per week:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34C37BB1" w14:textId="3908F6B8" w:rsidR="00A93CD1" w:rsidRDefault="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date the child </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF04EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>started at</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the s</w:t>
+      </w:r>
+      <w:r w:rsidR="002702C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D8CA754" w14:textId="7D34E3E4" w:rsidR="00880636" w:rsidRDefault="00880636">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33AFB312" w14:textId="4BB9451E" w:rsidR="00880636" w:rsidRPr="00880636" w:rsidRDefault="00880636" w:rsidP="00880636">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Funding Information</w:t>
+      </w:r>
+      <w:r w:rsidR="002702C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002702C6" w:rsidRPr="002702C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(not relevant for reception aged children)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D22BD8B" w14:textId="77777777" w:rsidR="00C92796" w:rsidRDefault="00117986" w:rsidP="000B62C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="6"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0CC25958" w14:textId="16EA3094" w:rsidR="00DE7082" w:rsidRPr="00B425EF" w:rsidRDefault="00DE7082" w:rsidP="00D966FC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Does the child receive</w:t>
+      </w:r>
+      <w:r w:rsidR="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> early education funding?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D183C97" w14:textId="120136E6" w:rsidR="000B62C2" w:rsidRDefault="00C92796" w:rsidP="00C92796">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="6"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="31566CAB" w14:textId="5B9399DC" w:rsidR="00DE7082" w:rsidRPr="00B425EF" w:rsidRDefault="00DE7082" w:rsidP="00D966FC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+      <w:r w:rsidR="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F311E8E" w14:textId="66B53772" w:rsidR="00880636" w:rsidRDefault="00032BBB" w:rsidP="00342D7B">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="6"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="48828089" w14:textId="5189EC06" w:rsidR="00DE7082" w:rsidRPr="00B425EF" w:rsidRDefault="00DE7082" w:rsidP="00D966FC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If yes, </w:t>
+      </w:r>
+      <w:r w:rsidR="008E3850">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>state below which funding</w:t>
+      </w:r>
+      <w:r w:rsidR="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e.g., 3-year-old funding:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D768BCD" w14:textId="77777777" w:rsidR="00C92796" w:rsidRDefault="00C92796" w:rsidP="000B62C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="6"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="33307D5E" w14:textId="77777777" w:rsidR="00DE7082" w:rsidRPr="00B425EF" w:rsidRDefault="00DE7082" w:rsidP="00D966FC">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4467A851" w14:textId="7265262D" w:rsidR="000B62C2" w:rsidRDefault="00880636" w:rsidP="000B62C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:sz w:val="6"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Does the child receive Early Years Inclusion Funding? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EB3F71D" w14:textId="291BD9BF" w:rsidR="00342D7B" w:rsidRDefault="00342D7B" w:rsidP="000474A6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24826E5E" w14:textId="62DA4B2D" w:rsidR="000474A6" w:rsidRDefault="000474A6" w:rsidP="000474A6">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>State which level e.g., level 1, 2, 3, 4:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EBCBEEC" w14:textId="77777777" w:rsidR="00880636" w:rsidRDefault="00880636">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B6131FC" w14:textId="77777777" w:rsidR="00880636" w:rsidRDefault="00880636">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5481632F" w14:textId="77777777" w:rsidR="00880636" w:rsidRDefault="00880636">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="429AC34C" w14:textId="46430025" w:rsidR="00693504" w:rsidRDefault="00693504">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F1F8B1" w14:textId="77777777" w:rsidR="00693504" w:rsidRDefault="00693504" w:rsidP="00A93CD1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="150D876C" w14:textId="6653FE09" w:rsidR="00720D5C" w:rsidRPr="00A93CD1" w:rsidRDefault="00880636" w:rsidP="00A93CD1">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Checklist of required documentation for referral:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54231C5E" w14:textId="41E29572" w:rsidR="000B62C2" w:rsidRDefault="00880636" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Referral Information Sheet </w:t>
+      </w:r>
+      <w:r w:rsidR="00510BBD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>igned by parent, carer</w:t>
+      </w:r>
+      <w:r w:rsidR="00B372EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guardian </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B372EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B372EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="002702C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r w:rsidR="00B372EA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F93A3E8" w14:textId="04F207D5" w:rsidR="00390A07" w:rsidRDefault="00880636" w:rsidP="00880636">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Ye</w:t>
+      </w:r>
+      <w:r w:rsidR="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">s    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D2A2C1E" w14:textId="612D5EA4" w:rsidR="000B62C2" w:rsidRDefault="00880636" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Recent Early Help</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880636">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Assessments</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> review forms</w:t>
+      </w:r>
+      <w:r w:rsidR="00637695">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dated </w:t>
+      </w:r>
+      <w:r w:rsidR="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidR="00637695">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the</w:t>
+      </w:r>
+      <w:r w:rsidR="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> last 3 months</w:t>
+      </w:r>
+      <w:r w:rsidR="002702C6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (this might be a portal PDF form)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00880636">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5623E106" w14:textId="438A56A1" w:rsidR="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00880636">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes    No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05282CFE" w14:textId="01153CB1" w:rsidR="00054DD0" w:rsidRDefault="002702C6" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please include within the Early Help documents, that the family are aware that you are applying to Single Point of Access and that families have given their consent to the following agencies listed</w:t>
+      </w:r>
+      <w:r w:rsidR="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D954521" w14:textId="1FA2A622" w:rsidR="00054DD0" w:rsidRPr="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00880636" w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Educational Psychology</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7D022A" w14:textId="77777777" w:rsidR="00054DD0" w:rsidRPr="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Woodbridge SEND Service (formerly known as Ladywood Outreach)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1566112B" w14:textId="77777777" w:rsidR="00054DD0" w:rsidRPr="00054DD0" w:rsidRDefault="00880636" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Single Point of Access panel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DAF1F2C" w14:textId="77777777" w:rsidR="00054DD0" w:rsidRPr="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Start Well SEND </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01894C86" w14:textId="45EBAF41" w:rsidR="00880636" w:rsidRDefault="00054DD0" w:rsidP="00880636">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes    No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F757066" w14:textId="7FDD32CD" w:rsidR="00390A07" w:rsidRDefault="00054DD0" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Evidence of Graduated Approach </w:t>
+      </w:r>
+      <w:r w:rsidR="00782A81">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>having</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been implemented and actions taken to support the child in your s</w:t>
+      </w:r>
+      <w:r w:rsidR="008609F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Assess, Plan, Do, Review process) e.g</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>., Individual Education Plans (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IEP</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, play plans, provision maps etc for at least 2 cycles.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="495FFD3E" w14:textId="7E7657D2" w:rsidR="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00390A07">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes    No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57587F61" w14:textId="0ECFAA97" w:rsidR="00054DD0" w:rsidRDefault="00747053" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A completed </w:t>
+      </w:r>
+      <w:r w:rsidR="00054DD0" w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ratings of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00054DD0" w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oncern </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00054DD0" w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cale</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24E9D407" w14:textId="77777777" w:rsidR="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes    No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="095ED6E7" w14:textId="1DD96C40" w:rsidR="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any external agency reports </w:t>
+      </w:r>
+      <w:r w:rsidR="00360E27">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>that are relevant to the referral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DE3C1AF" w14:textId="77777777" w:rsidR="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00054DD0">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Yes    No</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F461014" w14:textId="77777777" w:rsidR="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00390A07">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FD9D27C" w14:textId="4DE8B360" w:rsidR="00054DD0" w:rsidRDefault="00054DD0" w:rsidP="00390A07">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00054DD0">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>This documentation must be included in your referral.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="646A356A" w14:textId="5990080F" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EDB1C6D" w14:textId="1C29F66D" w:rsidR="00DF0BE7" w:rsidRPr="00636252" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>The rating scale below has been completed following (please tick):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B808831" w14:textId="10DF69A0" w:rsidR="00DF0BE7" w:rsidRPr="00636252" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>□   Observation at home</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>□   Discussion with parents/carer/guardian</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05921E84" w14:textId="6D3A6125" w:rsidR="00DF0BE7" w:rsidRPr="00636252" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>□   Observation in education s</w:t>
+      </w:r>
+      <w:r w:rsidR="008609F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>□   Discussion with education s</w:t>
+      </w:r>
+      <w:r w:rsidR="008609F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9776" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5228"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1311"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="5245"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008F2C4B" w:rsidRPr="00B425EF" w14:paraId="00419B34" w14:textId="77777777" w:rsidTr="009F1C41">
-[...34 lines deleted...]
-              <w:t>REFERRAL</w:t>
+      <w:tr w:rsidR="00DF0BE7" w14:paraId="4ADCF633" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5582EF08" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B18DFE6" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D44AB69" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6 = highest level of concern, when compared to same age peers</w:t>
             </w:r>
-            <w:r w:rsidR="008F2C4B" w:rsidRPr="00B425EF">
-[...4 lines deleted...]
-                <w:lang w:eastAsia="en-GB"/>
+          </w:p>
+          <w:p w14:paraId="5E70C47E" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B425EF">
-[...6 lines deleted...]
-              <w:t>TO THE</w:t>
+          </w:p>
+          <w:p w14:paraId="6BDE512C" w14:textId="272EFE73" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0 = no concern, appears broadly age appropriate</w:t>
             </w:r>
-            <w:r w:rsidR="008F2C4B" w:rsidRPr="00B425EF">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> EARLY YEARS </w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00636252" w14:paraId="4089FEED" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DDEE0D" w14:textId="77565181" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7202354C" w14:textId="1A94ABF0" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Area</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B425EF">
-[...6 lines deleted...]
-              <w:t>SINGLE POINT OF ACCESS</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C396E0" w14:textId="5494D4D4" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
-            <w:r w:rsidR="00D360AE">
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> for schools with EY provision </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F7FE95D" w14:textId="6CB59D28" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="62DE2BC2" w14:textId="116B194C" w:rsidR="00D360AE" w:rsidRPr="00B425EF" w:rsidRDefault="00D360AE" w:rsidP="004D556F">
-[...5 lines deleted...]
-                <w:bCs/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29287465" w14:textId="0E5B0710" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-              <w:t xml:space="preserve">NB EY school provision can only access Start Well SEND via SPOA </w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="100617D8" w14:textId="552AAA48" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54CD6214" w14:textId="60D37235" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66388456" w14:textId="2AD1443B" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2139C6BD" w14:textId="39335144" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F2C4B" w:rsidRPr="00B425EF" w14:paraId="45E46D4B" w14:textId="77777777" w:rsidTr="00FC19F9">
-[...21 lines deleted...]
-              <w:t>CHILD INFORMATION</w:t>
+      <w:tr w:rsidR="00636252" w14:paraId="51EC0747" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0905A1C4" w14:textId="1A83C004" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="381BA39C" w14:textId="0F60ABC0" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s early literacy skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1760757C" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A87D968" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="78AC4FEE" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="058365E9" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CE94648" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C39F932" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1719C01E" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B425EF" w:rsidRPr="00B425EF" w14:paraId="48A6CFA4" w14:textId="77777777" w:rsidTr="00C0610D">
-[...17 lines deleted...]
-              <w:t>Name</w:t>
+      <w:tr w:rsidR="00636252" w14:paraId="1DB73EF8" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E01A76" w14:textId="05AEC9AE" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6421BF" w14:textId="5C84324F" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Child’s early numeracy skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="226F600D" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25C48706" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F7CC2C6" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70491EB6" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="402C24D4" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="788DA477" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CEB660F" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00636252" w14:paraId="16849A5E" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F76AC4" w14:textId="1D7BC29F" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-              <w:t>:</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5228" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C79D4C" w14:textId="5DD1E9D7" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s speech and language skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BEA3A02" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C050EB" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43ED1A51" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A17722F" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="70847054" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D63F14" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3E9FC8" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00636252" w14:paraId="0491DC55" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7822D266" w14:textId="2FE62042" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-              </w:rPr>
-              <w:t>Date of Birth:</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEE937B" w14:textId="427BF12B" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s non-verbal communication skills</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D9CBC69" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F4E32E" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DBC5027" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5BA5FC" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52FB88C4" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="16BAA757" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B269CF" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F2C4B" w:rsidRPr="00B425EF" w14:paraId="64FF7872" w14:textId="77777777" w:rsidTr="00FC19F9">
-[...18 lines deleted...]
-              <w:t>Days/times child attends setting:</w:t>
+      <w:tr w:rsidR="00636252" w14:paraId="34DACA49" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="307BAA0F" w14:textId="2A705D4B" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1337C975" w14:textId="355971BD" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s independence and autonomy</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E385655" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3254EA00" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA1C3C9" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EE0E24B" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34561CDB" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="669DCD94" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE4A6AB" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F2C4B" w:rsidRPr="00B425EF" w14:paraId="463F9EB4" w14:textId="77777777" w:rsidTr="00FC19F9">
-[...18 lines deleted...]
-              <w:t>Setting Address:</w:t>
+      <w:tr w:rsidR="00636252" w14:paraId="5E152EDD" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="097597EE" w14:textId="33B7CD81" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F5234BD" w14:textId="7B3B0058" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s level of stress</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBE281B" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D154796" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="04680CAE" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26BB11C1" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A4E8D6" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E853DC5" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="389F9B4A" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F2C4B" w:rsidRPr="00B425EF" w14:paraId="510AEAA2" w14:textId="77777777" w:rsidTr="00FC19F9">
-[...18 lines deleted...]
-              <w:t>SENCO</w:t>
+      <w:tr w:rsidR="00636252" w14:paraId="42341CEB" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD4383A" w14:textId="2D539DBD" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
-            <w:r w:rsidR="00E3421A" w:rsidRPr="00B425EF">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> name</w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="417DCBFB" w14:textId="5BABE28C" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Child’s relationship with adults</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B425EF">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">: </w:t>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="12073DE5" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADE2846" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77BBD41A" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BC4DF01" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AAC296A" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="49BDB1AE" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5648D0" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00636252" w14:paraId="75C2376D" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="580C8AA5" w14:textId="7BD72742" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="742FBE18" w14:textId="738EB102" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s relationship with peers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="669C9CF9" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="213ED8D9" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0311AEE3" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="586EFAD4" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="349971FB" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB6884A" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E97847A" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE14C9" w:rsidRPr="00B425EF" w14:paraId="34E07EFD" w14:textId="77777777" w:rsidTr="00FC19F9">
-[...18 lines deleted...]
-              <w:t>Contact email:</w:t>
+      <w:tr w:rsidR="00DF0BE7" w14:paraId="19C8A1FC" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4B4E66" w14:textId="068A7727" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3486" w:type="dxa"/>
-[...12 lines deleted...]
-              <w:t>Telephone:</w:t>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="300B81F6" w14:textId="668F1AA3" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DF0BE7">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Child’s safety in environment</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44858B37" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="523A9672" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CAA689C" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="207BF04E" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBEACB0" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F3B94D" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F187EE2" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E676E8" w:rsidRPr="00B425EF" w14:paraId="49DCEF69" w14:textId="77777777" w:rsidTr="00FC19F9">
-[...18 lines deleted...]
-              <w:t>Is the child in receipt of:</w:t>
+      <w:tr w:rsidR="00DF0BE7" w14:paraId="4AF8FC1C" w14:textId="77777777" w:rsidTr="00636252">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="562" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB3C72F" w14:textId="77777777" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5245" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67ECFB76" w14:textId="5CB541C8" w:rsidR="00DF0BE7" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Additional Comments</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2ADBA3FF" w14:textId="34240FD5" w:rsidR="00E676E8" w:rsidRPr="00B425EF" w:rsidRDefault="00DE7082" w:rsidP="008F2C4B">
-[...813 lines deleted...]
-            </w:r>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3969" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+          </w:tcPr>
+          <w:p w14:paraId="2312DF49" w14:textId="77777777" w:rsidR="00636252" w:rsidRDefault="00636252" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="505AE031" w14:textId="77777777" w:rsidR="00636252" w:rsidRDefault="00636252" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="42517B6E" w14:textId="756F15DA" w:rsidR="00636252" w:rsidRDefault="00636252" w:rsidP="00DF0BE7">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2C49C95B" w14:textId="441B44A2" w:rsidR="00D360AE" w:rsidRPr="00B425EF" w:rsidRDefault="00D360AE" w:rsidP="00D360AE">
-[...12 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:p w14:paraId="30FB2961" w14:textId="77777777" w:rsidR="00636252" w:rsidRDefault="00636252" w:rsidP="00DF0BE7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61C6AEFB" w14:textId="708ECA7E" w:rsidR="00DF0BE7" w:rsidRPr="00DF0BE7" w:rsidRDefault="00636252" w:rsidP="00DF0BE7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please tick all the boxes.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F544DB0" w14:textId="77777777" w:rsidR="00636252" w:rsidRDefault="00636252" w:rsidP="00DF0BE7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05DF0183" w14:textId="6B413327" w:rsidR="00390A07" w:rsidRDefault="00DF0BE7" w:rsidP="00DF0BE7">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>If a child scores 5 or 6 in any area, please provide additional evidence of strategies or documentation used to support the child. This may include any of the following</w:t>
+      </w:r>
+      <w:r w:rsidR="00636252">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, e.g., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF0BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Annotated Assess, Plan, Do Review cycle of action.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF0BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00390A07">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8F81C4" w14:textId="77777777" w:rsidR="002C34C1" w:rsidRDefault="002C34C1" w:rsidP="00693504">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00EC625A" w14:textId="0F05AD2A" w:rsidR="00390A07" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="008609F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Declaration</w:t>
+      </w:r>
+      <w:r w:rsidR="00390A07" w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13870C36" w14:textId="4183EB22" w:rsidR="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I understand th</w:t>
+      </w:r>
+      <w:r w:rsidR="00A72571">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> information provided by the </w:t>
+      </w:r>
+      <w:r w:rsidR="008609F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will form part of discussion between services </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relevant personnel working within the ‘Single point of Access’</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ED2576C" w14:textId="2082EF2C" w:rsidR="000B62C2" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> agree to share all correspondences from SPOA </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the child’s parents</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>carers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or guardian.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76709ED3" w14:textId="77777777" w:rsidR="000B62C2" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F537273" w14:textId="46E474ED" w:rsidR="000B62C2" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Signed (on behalf of the s</w:t>
+      </w:r>
+      <w:r w:rsidR="008609F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________________________         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F6E067" w14:textId="5063C7F6" w:rsidR="00390A07" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF15682" w14:textId="77777777" w:rsidR="00A7509C" w:rsidRDefault="00A7509C" w:rsidP="00A7509C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4752C9B9" w14:textId="01F46FC7" w:rsidR="00390A07" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Parent, Carer or Guardian Declaration</w:t>
+      </w:r>
+      <w:r w:rsidR="00390A07" w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031C55C2" w14:textId="10D6AF38" w:rsidR="000B62C2" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">consent to the referral to the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Early Years Single Point of Access for my child</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. I understand my</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> child’s information will be shared with relevant personnel within these services. I give permission for the provider to share reports and my child’s information with professionals to support the referral decision. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7112AEF8" w14:textId="77777777" w:rsidR="000B62C2" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="519C4406" w14:textId="1F1482F8" w:rsidR="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Signed (parent</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, carer or guardian</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_______________________________________         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74CF4279" w14:textId="2DE8A8B0" w:rsidR="000B62C2" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Date ____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E361FC1" w14:textId="77777777" w:rsidR="000B62C2" w:rsidRPr="000B62C2" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="008C7067" w14:textId="2AD5546E" w:rsidR="00390A07" w:rsidRPr="00693504" w:rsidRDefault="000B62C2" w:rsidP="000B62C2">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B62C2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please send referrals through to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00DF0BE7" w:rsidRPr="0068711B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>EYSENDSPOApanel@bolton.gov.uk</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00DF0BE7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04B5997E" w14:textId="36240F61" w:rsidR="00574F7E" w:rsidRPr="00574F7E" w:rsidRDefault="00574F7E" w:rsidP="00574F7E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00574F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I have a signed copy kept in s</w:t>
+      </w:r>
+      <w:r w:rsidR="008609F9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>chool</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00574F7E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Yes - (please circle if applicable)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02A7482A" w14:textId="6FB42495" w:rsidR="00390A07" w:rsidRPr="000B62C2" w:rsidRDefault="00390A07" w:rsidP="00390A07"/>
+    <w:p w14:paraId="1B098733" w14:textId="77777777" w:rsidR="00720D5C" w:rsidRPr="00720D5C" w:rsidRDefault="00720D5C">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00720D5C" w:rsidRPr="00720D5C" w:rsidSect="00A93CD1">
+      <w:headerReference w:type="default" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="567" w:right="720" w:bottom="720" w:left="720" w:header="283" w:footer="0" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="680" w:footer="227" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1622ED36" w14:textId="77777777" w:rsidR="00482736" w:rsidRDefault="00482736" w:rsidP="00D966FC">
+    <w:p w14:paraId="7A54C583" w14:textId="77777777" w:rsidR="00C83B6D" w:rsidRDefault="00C83B6D" w:rsidP="00720D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="03C96E0B" w14:textId="77777777" w:rsidR="00482736" w:rsidRDefault="00482736" w:rsidP="00D966FC">
+    <w:p w14:paraId="69AC55C5" w14:textId="77777777" w:rsidR="00C83B6D" w:rsidRDefault="00C83B6D" w:rsidP="00720D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...15 lines deleted...]
-      <w:t xml:space="preserve">Version 1 SPOA Referral / Child Information Form </w:t>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5C366059" w14:textId="25DC86E3" w:rsidR="002C34C1" w:rsidRDefault="00A93CD1" w:rsidP="00A93CD1">
+    <w:r w:rsidRPr="00A93CD1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="40"/>
+        <w:szCs w:val="40"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7890395A" wp14:editId="434697A3">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>-104775</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-1174115</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1686131" cy="985474"/>
+          <wp:effectExtent l="0" t="0" r="0" b="5715"/>
+          <wp:wrapNone/>
+          <wp:docPr id="39882951" name="Picture 2" descr="A logo with colorful handprints&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="39882951" name="Picture 2" descr="A logo with colorful handprints&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1686131" cy="985474"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00A93CD1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:noProof/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7DECBD76" wp14:editId="428EC1CD">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:align>right</wp:align>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-1062355</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1631315" cy="762400"/>
+          <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+          <wp:wrapNone/>
+          <wp:docPr id="875437211" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="875437211" name="Picture 1" descr="A close-up of a logo&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1631315" cy="762400"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="00A93CD1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Start Well Service </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A93CD1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">| Education and Learning Division | Department of People | Bolton Council | Harvey Centre | Shaw Street | Bolton | BL3 6HU | </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A93CD1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+        <w:lang w:val="en-US"/>
+      </w:rPr>
+      <w:t>01204 338149</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6A59E307" w14:textId="77777777" w:rsidR="00482736" w:rsidRDefault="00482736" w:rsidP="00D966FC">
+    <w:p w14:paraId="724759BC" w14:textId="77777777" w:rsidR="00C83B6D" w:rsidRDefault="00C83B6D" w:rsidP="00720D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3EB4ADE1" w14:textId="77777777" w:rsidR="00482736" w:rsidRDefault="00482736" w:rsidP="00D966FC">
+    <w:p w14:paraId="629645D6" w14:textId="77777777" w:rsidR="00C83B6D" w:rsidRDefault="00C83B6D" w:rsidP="00720D5C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="58A03657" w14:textId="77777777" w:rsidR="00D360AE" w:rsidRDefault="00D360AE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0351C086" w14:textId="47E133BA" w:rsidR="00720D5C" w:rsidRPr="00A93CD1" w:rsidRDefault="00720D5C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
     </w:pPr>
-  </w:p>
-[...18 lines deleted...]
-    </w:pPr>
+    <w:r w:rsidRPr="00A93CD1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>V</w:t>
+    </w:r>
+    <w:r w:rsidR="002702C6">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00693504">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> - </w:t>
+    </w:r>
+    <w:bookmarkStart w:id="0" w:name="_Hlk172638508"/>
+    <w:r w:rsidR="00693504" w:rsidRPr="00693504">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Start Well Service: </w:t>
+    </w:r>
+    <w:r w:rsidR="00880636">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Referral to the Early Years Single Point of Access (</w:t>
+    </w:r>
+    <w:r w:rsidR="002702C6">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>Schools – EYFS</w:t>
+    </w:r>
+    <w:r w:rsidR="00880636">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:color w:val="747474" w:themeColor="background2" w:themeShade="80"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:t>)</w:t>
+    </w:r>
+    <w:bookmarkEnd w:id="0"/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2C4D4CE7"/>
+    <w:nsid w:val="182B578E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9F62DA00"/>
-    <w:lvl w:ilvl="0" w:tplc="072ED62A">
+    <w:tmpl w:val="48B6E9FC"/>
+    <w:lvl w:ilvl="0" w:tplc="08090001">
+      <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...115 lines deleted...]
-  <w:num w:numId="2" w16cid:durableId="1499925443">
+  <w:num w:numId="1" w16cid:durableId="1112240859">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00D35CB7"/>
-[...33 lines deleted...]
-    <w:rsid w:val="00FC19F9"/>
+    <w:rsidRoot w:val="00720D5C"/>
+    <w:rsid w:val="00032BBB"/>
+    <w:rsid w:val="000474A6"/>
+    <w:rsid w:val="00054DD0"/>
+    <w:rsid w:val="0007521E"/>
+    <w:rsid w:val="000B62C2"/>
+    <w:rsid w:val="000F699A"/>
+    <w:rsid w:val="00117986"/>
+    <w:rsid w:val="00145E09"/>
+    <w:rsid w:val="00156322"/>
+    <w:rsid w:val="00170941"/>
+    <w:rsid w:val="001E0244"/>
+    <w:rsid w:val="00255A10"/>
+    <w:rsid w:val="00256061"/>
+    <w:rsid w:val="002702C6"/>
+    <w:rsid w:val="002C34C1"/>
+    <w:rsid w:val="002C7C8C"/>
+    <w:rsid w:val="00342D7B"/>
+    <w:rsid w:val="00360E27"/>
+    <w:rsid w:val="00390A07"/>
+    <w:rsid w:val="003E3463"/>
+    <w:rsid w:val="004B51F2"/>
+    <w:rsid w:val="00510BBD"/>
+    <w:rsid w:val="00551A0B"/>
+    <w:rsid w:val="00574F7E"/>
+    <w:rsid w:val="00636252"/>
+    <w:rsid w:val="00637695"/>
+    <w:rsid w:val="00664B30"/>
+    <w:rsid w:val="00682E15"/>
+    <w:rsid w:val="00693504"/>
+    <w:rsid w:val="006E3A0A"/>
+    <w:rsid w:val="006F5BCF"/>
+    <w:rsid w:val="00714FDC"/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rsid w:val="00747053"/>
+    <w:rsid w:val="00771549"/>
+    <w:rsid w:val="00782A81"/>
+    <w:rsid w:val="007A4464"/>
+    <w:rsid w:val="008609F9"/>
+    <w:rsid w:val="00880636"/>
+    <w:rsid w:val="00887CD2"/>
+    <w:rsid w:val="008D6970"/>
+    <w:rsid w:val="008E3850"/>
+    <w:rsid w:val="0093757C"/>
+    <w:rsid w:val="00A72571"/>
+    <w:rsid w:val="00A7329F"/>
+    <w:rsid w:val="00A7509C"/>
+    <w:rsid w:val="00A81DBB"/>
+    <w:rsid w:val="00A93CD1"/>
+    <w:rsid w:val="00B372EA"/>
+    <w:rsid w:val="00BF3F55"/>
+    <w:rsid w:val="00BF5441"/>
+    <w:rsid w:val="00C761CE"/>
+    <w:rsid w:val="00C83B6D"/>
+    <w:rsid w:val="00C92796"/>
+    <w:rsid w:val="00CB43E8"/>
+    <w:rsid w:val="00CD2207"/>
+    <w:rsid w:val="00D01AFA"/>
+    <w:rsid w:val="00DF0BE7"/>
+    <w:rsid w:val="00F5326D"/>
+    <w:rsid w:val="00FA16E6"/>
+    <w:rsid w:val="00FF04EF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="14349826"/>
+  <w14:docId w14:val="5A38E708"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{E97F6B3D-77AB-45EC-B9B3-54FB4A614C12}"/>
+  <w15:docId w15:val="{2E3E85B2-69AE-44FD-BE4E-0FF07C55D38E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1915,51 +4755,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -2141,500 +4981,1314 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00D35CB7"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00720D5C"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00720D5C"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4513"/>
+        <w:tab w:val="right" w:pos="9026"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00720D5C"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:color w:val="467886" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00720D5C"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00D35CB7"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="00DF0BE7"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
-[...76 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="30301858">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="340856038">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="435491171">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="817964228">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1676418492">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:EYSENDSPOApanel@bolton.gov.uk" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_activity xmlns="fe298bda-91fe-4b3d-b0b6-953dd7c50316" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010020BA1E3926041F48B6786DFA1BBC4595" ma:contentTypeVersion="10" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="edcc665d0cd68b991de269b5063ed8cb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="fe298bda-91fe-4b3d-b0b6-953dd7c50316" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e20a359a0e055d36db3574cc61cbd750" ns3:_="">
+    <xsd:import namespace="fe298bda-91fe-4b3d-b0b6-953dd7c50316"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:_activity" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fe298bda-91fe-4b3d-b0b6-953dd7c50316" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="_activity" ma:index="12" nillable="true" ma:displayName="_activity" ma:hidden="true" ma:internalName="_activity">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="13" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSystemTags" ma:index="14" nillable="true" ma:displayName="MediaServiceSystemTags" ma:hidden="true" ma:internalName="MediaServiceSystemTags" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{225679EE-107C-45C7-A900-3EC5473811A4}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="fe298bda-91fe-4b3d-b0b6-953dd7c50316"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60BB6C25-48F1-4D7A-81AE-F0BD0674F311}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="fe298bda-91fe-4b3d-b0b6-953dd7c50316"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3299FAF4-B600-45E6-B996-6846BD88712E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1739</Characters>
+  <Pages>4</Pages>
+  <Words>584</Words>
+  <Characters>3224</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>214</Lines>
+  <Paragraphs>108</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2040</CharactersWithSpaces>
+  <CharactersWithSpaces>3700</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Markland, Gerry2</dc:creator>
+  <dc:creator>Baron, Samantha</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010020BA1E3926041F48B6786DFA1BBC4595</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
+    <vt:lpwstr>f2e8450e-00f5-4519-a29a-50e20bb9d712</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>